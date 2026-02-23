--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -1,3035 +1,3375 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="077A8DC2" w14:textId="2047CDD1" w:rsidR="00135E1D" w:rsidRPr="009A26BC" w:rsidRDefault="0009233B" w:rsidP="009A26BC">
+    <w:p w14:paraId="40071C33" w14:textId="77777777" w:rsidR="00960837" w:rsidRDefault="00960837" w:rsidP="009A26BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3315"/>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CA1C17" w14:textId="77777777" w:rsidR="00960837" w:rsidRDefault="00960837" w:rsidP="009A26BC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3315"/>
+          <w:tab w:val="center" w:pos="4680"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077A8DC2" w14:textId="507F55B0" w:rsidR="00135E1D" w:rsidRPr="00960837" w:rsidRDefault="0009233B" w:rsidP="009A26BC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3315"/>
+          <w:tab w:val="center" w:pos="4680"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Mutual Non-Disclosure Agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B04CE2B" w14:textId="77777777" w:rsidR="0009233B" w:rsidRDefault="0009233B" w:rsidP="008851CF"/>
-[...8 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="6B04CE2B" w14:textId="77777777" w:rsidR="0009233B" w:rsidRPr="00960837" w:rsidRDefault="0009233B" w:rsidP="008851CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06ACC1D1" w14:textId="388BECB6" w:rsidR="0009233B" w:rsidRPr="00960837" w:rsidRDefault="0009233B" w:rsidP="008851CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0009233B" w:rsidRPr="00960837" w:rsidSect="0024638B">
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="540" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4012E286" w14:textId="6FAA48AB" w:rsidR="003A327A" w:rsidRPr="00D12E8E" w:rsidRDefault="003A327A" w:rsidP="00BA74E1">
+    <w:p w14:paraId="4012E286" w14:textId="6FAA48AB" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="003A327A" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This Mutual </w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non-Disclosure</w:t>
       </w:r>
-      <w:r w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agreement (the </w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00135E1D">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), effective as of [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>DATE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E42CF9">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] (the </w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Effective Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), is entered into by and between </w:t>
+      </w:r>
+      <w:r w:rsidR="00B864AD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Amphenol Borisch Technologies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00B864AD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Delaware Corporation</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having its principal place of business at </w:t>
+      </w:r>
+      <w:r w:rsidR="00B864AD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4511 East Paris Ave, Kentwood,  MI 49512</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and [</w:t>
+      </w:r>
+      <w:r w:rsidR="008851CF" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>OTHER PARTY NAME</w:t>
+      </w:r>
+      <w:r w:rsidR="00284A29" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00135E1D">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>STATE OF ORGANIZATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>] [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ENTITY TYPE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having its principal place of business at [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>BUSINESS ADDRESS]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (together, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Effective Date</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D12E8E">
-[...167 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and each, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Parties</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Party</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D12E8E">
-[...29 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="a000001"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00135E1D" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00135E1D" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00A05B52" w:rsidRPr="00D12E8E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00A05B52" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>This Agreement is made for the purpose of exploring or carrying out a potential or existing business relationship (the “</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B52" w:rsidRPr="00D12E8E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00A05B52" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B52" w:rsidRPr="00D12E8E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00A05B52" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>”) between the Parties.</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B52" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00A05B52" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00135E1D" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00135E1D" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he Parties agree as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F890526" w14:textId="75994EAC" w:rsidR="00A861C0" w:rsidRPr="00D12E8E" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="2F890526" w14:textId="75994EAC" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="a601618"/>
-      <w:r w:rsidRPr="00D12E8E">
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="00912136" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00912136" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means all </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">technical, business, personal or other information </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="a985743"/>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that may be disclosed</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by either Party (a </w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disclosing Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) to the other Party (a </w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rec</w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>eiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:r w:rsidR="00614B9A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00614B9A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">conspicuously marked or identified as either proprietary, confidential or an equivalent designation or, in instances where it is difficult or impractical to mark the information, information that is disclosed </w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">under circumstances by which </w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party should reasonably understand such information is to be treated as confidential, whether or not marked as such, and including</w:t>
       </w:r>
-      <w:r w:rsidR="003E3356" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003E3356" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">all notes, analyses, compilations, reports, forecasts, studies, samples, data, statistics, summaries, interpretations and other materials (the </w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Notes</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) prepared by or for the Re</w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ceiving</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that contain, are based on, or otherwise reflect or are derived from, in whole or in part, any </w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="36974DCF" w14:textId="1351197A" w:rsidR="00A861C0" w:rsidRPr="00D12E8E" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="36974DCF" w14:textId="1351197A" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D12E8E">
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2.  </w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Representatives</w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>. Receiving Party may only disclose the Confidential Information to its employees, agents, affiliates and professional advisors</w:t>
       </w:r>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Representatives</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> who have a need to know </w:t>
       </w:r>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>the Confidential Information, and who have agreed to the protect the Confidential Information from unauthorized use or disclosure</w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="a244214"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6590D138" w14:textId="16863E6C" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="6590D138" w14:textId="16863E6C" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D12E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3.  </w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exceptions</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The term “</w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,”</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as used in this Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00621218" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not include information that:</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="a861613"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (a) is now</w:t>
       </w:r>
-      <w:r w:rsidR="00BF46ED" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00BF46ED" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hereafter becomes, generally available to the public other than </w:t>
       </w:r>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>because of</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, directly or indirectly, any violation of this Agreement by the </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any of its Representatives; </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="a291457"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk517426651"/>
-      <w:r w:rsidR="002D0DCD" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="002D0DCD" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00777197" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00777197" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> now</w:t>
       </w:r>
-      <w:r w:rsidR="00BF46ED" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00BF46ED" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hereafter becomes, available to the </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on a non-confidential basis from a third-party source, provided that such third party is not and was not prohibited from disclosing such Confidential Information to </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00D12E8E">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00D12E8E">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> to the Disclosing Party</w:t>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by a contractual obligation to the Disclosing Party</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="a533083"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(c) </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was </w:t>
       </w:r>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s possession</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, as established by documentary evidence, before </w:t>
       </w:r>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">disclosure by </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disclosing Party;</w:t>
       </w:r>
-      <w:r w:rsidR="00461D2A">
-        <w:rPr>
+      <w:r w:rsidR="00461D2A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(d)</w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="a870523"/>
-      <w:r w:rsidR="002F4C28" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="002F4C28" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was independently developed by the </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, as established by documentary evidence, without reference to or use of</w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Confidential Information.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Additionally, </w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...16 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Receiving Party may disclose the Disclosing Party</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s Confidential Information to the extent required by law or regulation provid</w:t>
       </w:r>
-      <w:r w:rsidR="00912136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00912136" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ed that Receiving Party will: (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00912136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00912136" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) give Disclosing Party at least twenty (20) days</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior written notice (or such shorter period as is the maximum notice permitted under applicable law, unless prohibited by law) before making the disclosure; (</w:t>
       </w:r>
-      <w:r w:rsidR="00912136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00912136" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ii</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) provide reasonable assistance to the Disclosing Party in any lawful efforts by the Disclosing Party to resist or limit the disclosure of such </w:t>
       </w:r>
-      <w:r w:rsidR="00912136">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00912136" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information; and (iii</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) limit the scope of such disclosure to the minimum required by the law or regulation.</w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="a721332"/>
     </w:p>
-    <w:p w14:paraId="7FB73512" w14:textId="36A95DF6" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="7FB73512" w14:textId="36A95DF6" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">4.  </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Obligations</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3323" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00BF3323" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall:</w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="a656896"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (a)</w:t>
       </w:r>
-      <w:r w:rsidR="00330119">
-        <w:rPr>
+      <w:r w:rsidR="00330119" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>protect and sa</w:t>
       </w:r>
-      <w:r w:rsidR="00330119">
-        <w:rPr>
+      <w:r w:rsidR="00330119" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>feguard the confidentiality of</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="00330119">
-        <w:rPr>
+      <w:r w:rsidR="00330119" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with at least the same degree of care as the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> would protect its own Confidential Information, but in no event with less than a commercially reasonable degree of care;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="a154874"/>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (b) </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not use the Confidential Information, or permit it to be accessed or used, for any purpose other than the Purpose, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>or otherwise in any manner to the Disclosing Party</w:t>
+      </w:r>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s detriment, including without limitation, to </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">manufacture, sell, use or have made products using the Confidential Information, </w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Hlk517427071"/>
-      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>except as otherwise agreed by the Parties in writing.</w:t>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="a194624"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="327BEAAD" w14:textId="7D219536" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="327BEAAD" w14:textId="7D219536" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">5.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Return of Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. At the Disclosing Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s written request, the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its Representatives shall return to the Disclosing Party</w:t>
       </w:r>
-      <w:r w:rsidR="00266E3E">
-        <w:rPr>
+      <w:r w:rsidR="00266E3E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00266E3E">
-        <w:rPr>
+      <w:r w:rsidR="00266E3E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or destroy, </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>all copies</w:t>
       </w:r>
-      <w:r w:rsidR="00266E3E">
-        <w:rPr>
+      <w:r w:rsidR="00266E3E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, whether in written, electro</w:t>
       </w:r>
-      <w:r w:rsidR="00266E3E">
-        <w:rPr>
+      <w:r w:rsidR="00266E3E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nic, or other form or media.</w:t>
       </w:r>
-      <w:r w:rsidR="002D3B4E">
-        <w:rPr>
+      <w:r w:rsidR="002D3B4E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  T</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall also destroy all copies of any Notes created by the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or its Representatives</w:t>
       </w:r>
-      <w:r w:rsidR="002D3B4E">
-        <w:rPr>
+      <w:r w:rsidR="002D3B4E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Where Confidential Information or Notes have been destroyed, the Receiving Party must</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> certify in writing to the Disclosing Party that such </w:t>
       </w:r>
-      <w:r w:rsidR="002D3B4E">
-        <w:rPr>
+      <w:r w:rsidR="002D3B4E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>records</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been destroyed.</w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="a86040"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="002D3B4E">
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="002D3B4E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Receiving Party shall not be required to destroy or return any electronic copies of Confidential Information created pursuant to its standard electronic archival and back-up procedures. </w:t>
+      </w:r>
+      <w:r w:rsidR="00266E3E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
-      <w:r w:rsidR="002D3B4E" w:rsidRPr="002D3B4E">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="002D3B4E" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uch electronic copies shall remain subject to this Agreement.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E6C17E" w14:textId="3505BA70" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="56E6C17E" w14:textId="3505BA70" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">6.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Term and Termination</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The term of this Agreement shall commence on the Effective Date and shall expire </w:t>
       </w:r>
-      <w:r w:rsidR="004274B3">
-        <w:rPr>
+      <w:r w:rsidR="004274B3" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">five </w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004274B3">
-        <w:rPr>
+      <w:r w:rsidR="004274B3" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) years after </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Effective Date, provided that either Party may terminate this Agreement at any time by providing written n</w:t>
       </w:r>
-      <w:r w:rsidR="00D558E4" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D558E4" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>otice to the other Party. E</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ach Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s rights and obligations under this Agreement shall survive any expiration or termination of</w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> this Agreement for an additional period of </w:t>
       </w:r>
-      <w:r w:rsidR="004274B3">
-        <w:rPr>
+      <w:r w:rsidR="004274B3" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="004274B3">
-        <w:rPr>
+      <w:r w:rsidR="004274B3" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="004D1A8C" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="004D1A8C" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) years after</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the date of such expiration or termination, even after the return or destruction of Confidential Information by the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="a912864"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="6D99E606" w14:textId="10C83F66" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="6D99E606" w14:textId="10C83F66" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>No Representations or Warranties</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Neither the Disclosing Party nor any of its Representatives make any representation or warranty, expressed or implied, as to the accuracy or completeness of the Confidential Information. Neither the Disclosing Party nor any of its Representatives shall be liable to the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any of its Representatives relating to or resulting from the </w:t>
       </w:r>
-      <w:r w:rsidR="00F75B1F" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00F75B1F" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Receiving Party</w:t>
       </w:r>
-      <w:r w:rsidR="00621218">
-        <w:rPr>
+      <w:r w:rsidR="00621218" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">s use of any of the Confidential Information or any errors therein or omissions therefrom. </w:t>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s use of any of the Confidential </w:t>
+      </w:r>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information or any errors therein or omissions therefrom. </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="a860607"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="441A598F" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="441A598F" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">8.  </w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ownership</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  All Confidential Information</w:t>
       </w:r>
-      <w:r w:rsidR="00404369" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00404369" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0060651B" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="0060651B" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>disclosed</w:t>
       </w:r>
-      <w:r w:rsidR="00404369" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00404369" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> under this Agreement wi</w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ll remain the sole and exclusive property of the Disclosing Party.  No license </w:t>
       </w:r>
-      <w:r w:rsidR="00404369" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00404369" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to any intellectual property right is granted or implied </w:t>
       </w:r>
-      <w:r w:rsidR="0060651B" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="0060651B" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>under this Agreement or by any disclosure of</w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Confidential Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidR="00404369" w:rsidRPr="00135E1D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00404369" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EA93A6" w14:textId="49B26BF4" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="41EA93A6" w14:textId="49B26BF4" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">9.  </w:t>
       </w:r>
-      <w:r w:rsidR="007616CF" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="007616CF" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Export Control</w:t>
       </w:r>
-      <w:r w:rsidR="007616CF" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="007616CF" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:r w:rsidR="00992051">
-        <w:rPr>
+      <w:r w:rsidR="00992051" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Receiving Party </w:t>
       </w:r>
-      <w:r w:rsidR="00325756" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00325756" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agrees n</w:t>
       </w:r>
-      <w:r w:rsidR="00461D2A">
-        <w:rPr>
+      <w:r w:rsidR="00461D2A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ot to remove or export any </w:t>
       </w:r>
-      <w:r w:rsidR="00325756" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00325756" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confidential Information or any direct product thereof, except in complianc</w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="a786962"/>
-      <w:r w:rsidR="00461D2A">
-        <w:rPr>
+      <w:r w:rsidR="00461D2A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e with any applicable export control regulations</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2F12D5" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="5F2F12D5" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Remedies</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Each Party acknowledges and agrees that money damages m</w:t>
       </w:r>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ay</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> remedy for any breach or threatened breach of this Agreement. Therefore, in addition to all other remedies available at law (which neither Party waives by the exercise of any rights hereunder), the non-breaching Party shall be entitled to seek specific performance and injunctive and other equitable relief as a remedy for any such breach or threatened breach</w:t>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not be a sufficient remedy for any breach or threatened breach of this Agreement. Therefore, in addition to all other remedies available at law (which neither Party waives by the exercise of any rights hereunder), the non-breaching Party shall be entitled to seek specific performance and injunctive and other equitable relief as a remedy for any such breach or threatened breach</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="a511631"/>
     </w:p>
-    <w:p w14:paraId="2BF252D1" w14:textId="1A79F494" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="2BF252D1" w14:textId="1A79F494" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A861C0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">11.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Governing Law</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. This Agreement shall be governed by and construed in accordance with the laws of the State of </w:t>
       </w:r>
-      <w:r w:rsidR="00BF46ED">
-        <w:rPr>
+      <w:r w:rsidR="00BF46ED" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> without </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D26" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="000C7D26" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">regard </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to any conflict of law </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D26" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="000C7D26" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>principles</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="a000016"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0A5FE2D0" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="0A5FE2D0" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A861C0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">12.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Notices</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D26" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="000C7D26" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any notice required or permitted by this Agreement shall be made in writing and be deemed delivered upon verification of delivery to the other Party</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="a804017"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="1B8CF299" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="1B8CF299" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A861C0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">13.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Entire Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; Severability</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. This Agreement constitutes the sole and entire agreement of the Parties regarding the subject matter contained </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>herein,</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and supersedes all prior and contemporaneous understandings, agreements, representations, and warranties, both written and oral, regarding such subject matter.</w:t>
       </w:r>
-      <w:r w:rsidR="00D161A0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00D161A0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="a1050508"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">If any term or provision of this Agreement is invalid, illegal, or unenforceable in any jurisdiction, such invalidity, illegality, or unenforceability shall not affect any other term or provision of this Agreement or invalidate or render unenforceable such term or provision in any other jurisdiction. </w:t>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If any term or provision of this Agreement is invalid, illegal, or unenforceable in any jurisdiction, such invalidity, illegality, or unenforceability shall not affect any other term or provision of this Agreement or invalidate or </w:t>
+      </w:r>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">render unenforceable such term or provision in any other jurisdiction. </w:t>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="a114596"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="0943916E" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="0943916E" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A861C0">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">14.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Counterparts</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  This Agreement may be executed in counterparts, each of which shall be deemed an original, but all of which together shall be deemed to be one and the same agreement. A signed copy of this Agree</w:t>
       </w:r>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ment delivered by facsimile</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, email, or other me</w:t>
       </w:r>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ans of electronic transmission </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall be deemed to have the same legal effect as delivery of an original signed copy of this Agreement. </w:t>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="a458762"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="002EE522" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="002EE522" w14:textId="77777777" w:rsidR="00A861C0" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A861C0">
+      <w:r w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">15.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Assignment</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Neither Part</w:t>
       </w:r>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">y may assign any of its rights </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hereunder without the prior written consent of the other Party</w:t>
       </w:r>
-      <w:r w:rsidR="00C868E0" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00C868E0" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, except to an affiliate or successor in interest.</w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="a954967"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="2218F75C" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
+    <w:p w14:paraId="2218F75C" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="00A861C0" w:rsidP="00BA74E1">
       <w:pPr>
         <w:pStyle w:val="SFPara-Clause"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16.  </w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
         <w:rPr>
           <w:rStyle w:val="Title-Clause"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Waivers</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D26" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="000C7D26" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A waiver of any right hereunder shall in no way waive any other rights.  No waiver, alteration, modification, or amendment of this Agreement shall be effective unless in writing and signed by both Parties.</w:t>
       </w:r>
-      <w:r w:rsidR="003A327A" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="003A327A" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="32D64C21" w14:textId="77777777" w:rsidR="00135E1D" w:rsidRDefault="00135E1D" w:rsidP="00BA74E1">
+    <w:p w14:paraId="32D64C21" w14:textId="77777777" w:rsidR="00135E1D" w:rsidRPr="00960837" w:rsidRDefault="00135E1D" w:rsidP="00BA74E1">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:sectPr w:rsidR="00135E1D" w:rsidSect="00BF46ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00135E1D" w:rsidRPr="00960837" w:rsidSect="00BF46ED">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1350" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="360"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62336FB1" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A" w:rsidP="00BA74E1">
+    <w:p w14:paraId="62336FB1" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="003A327A" w:rsidP="00BA74E1">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A50D41B" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A" w:rsidP="003A327A">
+    <w:p w14:paraId="6A50D41B" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="003A327A" w:rsidP="003A327A">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="a244717"/>
-      <w:r w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IN WITNESS WHEREOF, the </w:t>
       </w:r>
-      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidR="00CB2FC8" w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00135E1D">
-        <w:rPr>
+      <w:r w:rsidRPr="00960837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>arties have executed this Agreement to be effective as of the Effective Date.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="4680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A327A" w:rsidRPr="00135E1D" w14:paraId="1F3C3573" w14:textId="77777777" w:rsidTr="003A327A">
+      <w:tr w:rsidR="003A327A" w:rsidRPr="00960837" w14:paraId="1F3C3573" w14:textId="77777777" w:rsidTr="003A327A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39E604D9" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A" w:rsidP="003A327A">
+          <w:p w14:paraId="39E604D9" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="003A327A" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4854C808" w14:textId="77777777" w:rsidR="00D558E4" w:rsidRPr="00135E1D" w:rsidRDefault="00D558E4" w:rsidP="0060651B">
+          <w:p w14:paraId="4854C808" w14:textId="77777777" w:rsidR="00D558E4" w:rsidRPr="00960837" w:rsidRDefault="00D558E4" w:rsidP="0060651B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="288"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="778AB484" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A" w:rsidP="003A327A">
+          <w:p w14:paraId="778AB484" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="003A327A" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A327A" w:rsidRPr="00135E1D" w14:paraId="49171667" w14:textId="77777777" w:rsidTr="003A327A">
+      <w:tr w:rsidR="003A327A" w:rsidRPr="00960837" w14:paraId="49171667" w14:textId="77777777" w:rsidTr="003A327A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63DB3C3D" w14:textId="72A6FB34" w:rsidR="003A327A" w:rsidRPr="00E42CF9" w:rsidRDefault="00B864AD" w:rsidP="003A327A">
+          <w:p w14:paraId="63DB3C3D" w14:textId="72A6FB34" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="00B864AD" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CF9">
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Amphenol Borisch Technologies</w:t>
             </w:r>
-            <w:r w:rsidR="00BA74E1" w:rsidRPr="00E42CF9">
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA2EA97" w14:textId="28386EB8" w:rsidR="00BA74E1" w:rsidRDefault="004274B3" w:rsidP="003A327A">
+          <w:p w14:paraId="6CA2EA97" w14:textId="28386EB8" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="004274B3" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
-            <w:r w:rsidR="00BA74E1">
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="410E9B6A" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRDefault="00BA74E1" w:rsidP="003A327A">
+          <w:p w14:paraId="410E9B6A" w14:textId="53DA1D41" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Name  _</w:t>
+              <w:t>Name _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="686D1563" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRDefault="00BA74E1" w:rsidP="003A327A">
+          <w:p w14:paraId="686D1563" w14:textId="50D38C5E" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Title  _</w:t>
+              <w:t>Title _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BDA55AD" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRPr="00135E1D" w:rsidRDefault="00BA74E1" w:rsidP="003A327A">
+          <w:p w14:paraId="3BDA55AD" w14:textId="0D37EB95" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Date  _</w:t>
+              <w:t>Date _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4215981A" w14:textId="787E6986" w:rsidR="003A327A" w:rsidRDefault="00BA74E1" w:rsidP="003A327A">
+          <w:p w14:paraId="4215981A" w14:textId="787E6986" w:rsidR="003A327A" w:rsidRPr="00960837" w:rsidRDefault="00BA74E1" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42CF9">
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D12E8E">
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">OTHER </w:t>
             </w:r>
-            <w:r w:rsidR="008851CF" w:rsidRPr="00D12E8E">
+            <w:r w:rsidR="008851CF" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>PARTY</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D12E8E">
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAME</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E42CF9">
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5178F782" w14:textId="2E2F1EC0" w:rsidR="00BA74E1" w:rsidRDefault="004274B3" w:rsidP="00BA74E1">
+          <w:p w14:paraId="5178F782" w14:textId="2E2F1EC0" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="004274B3" w:rsidP="00BA74E1">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature_</w:t>
             </w:r>
-            <w:r w:rsidR="00BA74E1">
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28BC1CCE" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRDefault="00BA74E1" w:rsidP="00BA74E1">
+          <w:p w14:paraId="28BC1CCE" w14:textId="2B563710" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="00BA74E1">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Name  _</w:t>
+              <w:t>Name _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53A9D7DD" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRDefault="00BA74E1" w:rsidP="00BA74E1">
+          <w:p w14:paraId="53A9D7DD" w14:textId="693EEB5F" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="00BA74E1">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Title  _</w:t>
+              <w:t>Title _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35CB08A3" w14:textId="77777777" w:rsidR="00BA74E1" w:rsidRPr="00135E1D" w:rsidRDefault="00BA74E1" w:rsidP="00BA74E1">
+          <w:p w14:paraId="35CB08A3" w14:textId="68FA573D" w:rsidR="00BA74E1" w:rsidRPr="00960837" w:rsidRDefault="00960837" w:rsidP="00BA74E1">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Date  _</w:t>
+              <w:t>Date _</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidR="00BA74E1" w:rsidRPr="00960837">
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A327A" w:rsidRPr="00135E1D" w14:paraId="13DB042B" w14:textId="77777777" w:rsidTr="003A327A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15C3484F" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A" w:rsidP="003A327A">
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3093,206 +3433,196 @@
             <w:pPr>
               <w:pStyle w:val="Paragraph"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5183700E" w14:textId="77777777" w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidRDefault="003A327A"/>
     <w:sectPr w:rsidR="003A327A" w:rsidRPr="00135E1D" w:rsidSect="00135E1D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A6B0867" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="45CAB89E" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="21DA73A9" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A6EB01D" w14:textId="0413C160" w:rsidR="003A327A" w:rsidRDefault="003A327A" w:rsidP="003A327A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001F24C4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="641CDC17" w14:textId="4F3577DD" w:rsidR="009A26BC" w:rsidRDefault="0093103B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>I</w:t>
     </w:r>
     <w:r w:rsidR="001F24C4">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">TC-004 Rev </w:t>
     </w:r>
     <w:r w:rsidR="00E27F9A">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
@@ -3300,188 +3630,168 @@
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003274C8">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>02/11/2021</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CD5AACF" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7839CD53" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3C601480" w14:textId="77777777" w:rsidR="0081632F" w:rsidRDefault="0081632F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="14F8BE54" w14:textId="77777777" w:rsidR="00E27F9A" w:rsidRDefault="00E27F9A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64818401" w14:textId="1749C9CC" w:rsidR="009A26BC" w:rsidRDefault="0093103B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-  </w:p>
-[...18 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04CF45CB" wp14:editId="07253971">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04CF45CB" wp14:editId="1576DA4E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>-771525</wp:posOffset>
+            <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-394335</wp:posOffset>
+            <wp:posOffset>-260350</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2143125" cy="484505"/>
-          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:extent cx="2668270" cy="603250"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
-              <wp:lineTo x="0" y="20383"/>
-[...1 lines deleted...]
-              <wp:lineTo x="21504" y="0"/>
+              <wp:lineTo x="0" y="21145"/>
+              <wp:lineTo x="21436" y="21145"/>
+              <wp:lineTo x="21436" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="18" name="Picture 18" descr="Borisch-logo-grey"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Borisch-logo-grey"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2143125" cy="484505"/>
+                    <a:ext cx="2668270" cy="603250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04B01623"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAFA8D30"/>
     <w:lvl w:ilvl="0" w:tplc="54605410">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="List-NumberedListLevel1"/>
       <w:lvlText w:val="%1.  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="70FE29D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -5886,122 +6196,123 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="123CEDF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CA7EFEF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1189641225">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="101415734">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1381125938">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="624505162">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1382680112">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1389760815">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1318000710">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="260723790">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1038092848">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1847867059">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="843402991">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2011060590">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2053655253">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1427967900">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="395275102">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1907912909">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="103771990">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1181355692">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="44"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="2026250589">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="216555461">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1986546690">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6040,113 +6351,115 @@
     <w:rsid w:val="00404369"/>
     <w:rsid w:val="004274B3"/>
     <w:rsid w:val="00461D2A"/>
     <w:rsid w:val="004D1A8C"/>
     <w:rsid w:val="004E21F7"/>
     <w:rsid w:val="00503A32"/>
     <w:rsid w:val="00581312"/>
     <w:rsid w:val="0060651B"/>
     <w:rsid w:val="00614B9A"/>
     <w:rsid w:val="00621218"/>
     <w:rsid w:val="00680BEB"/>
     <w:rsid w:val="006B3A62"/>
     <w:rsid w:val="007303A3"/>
     <w:rsid w:val="007616CF"/>
     <w:rsid w:val="00777197"/>
     <w:rsid w:val="007C7BF2"/>
     <w:rsid w:val="0081632F"/>
     <w:rsid w:val="00821774"/>
     <w:rsid w:val="0084546B"/>
     <w:rsid w:val="00884879"/>
     <w:rsid w:val="008851CF"/>
     <w:rsid w:val="008F0E50"/>
     <w:rsid w:val="0091026D"/>
     <w:rsid w:val="00912136"/>
     <w:rsid w:val="0093103B"/>
+    <w:rsid w:val="00960837"/>
     <w:rsid w:val="00992051"/>
     <w:rsid w:val="009A26BC"/>
     <w:rsid w:val="009C26B7"/>
     <w:rsid w:val="009E0712"/>
     <w:rsid w:val="00A048B5"/>
     <w:rsid w:val="00A05B52"/>
     <w:rsid w:val="00A12C84"/>
     <w:rsid w:val="00A861C0"/>
     <w:rsid w:val="00AE1C6E"/>
     <w:rsid w:val="00AE5124"/>
     <w:rsid w:val="00B44401"/>
     <w:rsid w:val="00B754A6"/>
     <w:rsid w:val="00B864AD"/>
     <w:rsid w:val="00BA74E1"/>
     <w:rsid w:val="00BF3323"/>
     <w:rsid w:val="00BF46ED"/>
     <w:rsid w:val="00C868E0"/>
     <w:rsid w:val="00CB2FC8"/>
     <w:rsid w:val="00D12E8E"/>
     <w:rsid w:val="00D161A0"/>
     <w:rsid w:val="00D558E4"/>
     <w:rsid w:val="00E27F9A"/>
     <w:rsid w:val="00E378B4"/>
     <w:rsid w:val="00E42CF9"/>
     <w:rsid w:val="00E75F14"/>
+    <w:rsid w:val="00EA5EBC"/>
     <w:rsid w:val="00EB392F"/>
     <w:rsid w:val="00F75B1F"/>
     <w:rsid w:val="00FA198E"/>
     <w:rsid w:val="00FA7EC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7362C5A2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4068E263-16ED-45A1-907B-B4D5DE69A6E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6492,113 +6805,115 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004274B3"/>
-[...1 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:rsid w:val="00960837"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:pBdr>
         <w:bottom w:val="double" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004274B3"/>
+    <w:rsid w:val="00960837"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004274B3"/>
+    <w:rsid w:val="00960837"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AttachmentHeading">
     <w:name w:val="Attachment Heading"/>
     <w:link w:val="AttachmentHeadingChar"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
@@ -6611,102 +6926,95 @@
     <w:link w:val="AttachmentNameChar"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoverSheetAsOf">
     <w:name w:val="Cover Sheet As Of"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CoverSheetAsOfChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoverSheetHeading">
     <w:name w:val="Cover Sheet Heading"/>
     <w:link w:val="CoverSheetHeadingChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoverSheetParty">
     <w:name w:val="Cover Sheet Party"/>
     <w:link w:val="CoverSheetPartyChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Juris">
     <w:name w:val="Juris"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="JurisChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoverSheetStaticAnd">
     <w:name w:val="Cover Sheet Static And"/>
     <w:link w:val="CoverSheetStaticAndChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoverSheetStaticBetween">
     <w:name w:val="Cover Sheet Static Between"/>
     <w:link w:val="CoverSheetStaticBetweenChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
@@ -7448,53 +7756,50 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ResourceHistoryDescChar">
     <w:name w:val="Resource History Desc Char"/>
     <w:link w:val="ResourceHistoryDesc"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinedTermPara">
     <w:name w:val="Defined Term Para"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DefinedTermParaChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DefinedTermParaChar">
     <w:name w:val="Defined Term Para Char"/>
     <w:link w:val="DefinedTermPara"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParasubclause1">
     <w:name w:val="LF Para subclause 1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="240"/>
@@ -7855,54 +8160,50 @@
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RESPara-Clause">
     <w:name w:val="RES Para - Clause"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RESPara-ClauseChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RESPara-ClauseChar">
     <w:name w:val="RES Para - Clause Char"/>
     <w:link w:val="RESPara-Clause"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RecitalClause">
     <w:name w:val="Recital Clause"/>
     <w:link w:val="RecitalClauseChar"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="240"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
@@ -8036,54 +8337,50 @@
     <w:name w:val="ppcountsave Char"/>
     <w:link w:val="ppcountsave"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParaOptsubclause1">
     <w:name w:val="LF Para Opt subclause 1"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="docversion">
     <w:name w:val="docversion"/>
     <w:link w:val="docversionChar"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="docversionChar">
     <w:name w:val="docversion Char"/>
     <w:link w:val="docversion"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="22"/>
     </w:rPr>
@@ -8139,100 +8436,95 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParaOptsubclause2">
     <w:name w:val="LF Para Opt subclause 2"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParaOptsubclause3">
     <w:name w:val="LF Para Opt subclause 3"/>
     <w:basedOn w:val="LFParasubclause3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParaOptsubclause4">
     <w:name w:val="LF Para Opt subclause 4"/>
     <w:basedOn w:val="LFParasubclause4"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFTitle-OptClause">
     <w:name w:val="LF Title - Opt Clause"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="LFTitle-OptClauseChar"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Title-OptSubclause2">
     <w:name w:val="Title - Opt Subclause 2"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:caps w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Title-OptSubclause3">
     <w:name w:val="Title - Opt Subclause 3"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
@@ -8305,202 +8597,174 @@
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:before="120" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFPara-OptClause">
     <w:name w:val="SF Para - Opt Clause"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParaOptsubclause1">
     <w:name w:val="SF Para Opt subclause 1"/>
     <w:basedOn w:val="SFParasubclause1"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParaOptsubclause2">
     <w:name w:val="SF Para Opt subclause 2"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParaOptsubclause3">
     <w:name w:val="SF Para Opt subclause 3"/>
     <w:basedOn w:val="SFParasubclause3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MFParaOptsubclause1">
     <w:name w:val="MF Para Opt subclause 1"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MFPara-OptClause">
     <w:name w:val="MF Para - Opt Clause"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MFParaOptsubclause2">
     <w:name w:val="MF Para Opt subclause 2"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MFParaOptsubclause3">
     <w:name w:val="MF Para Opt subclause 3"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MFParaOptsubclause4">
     <w:name w:val="MF Para Opt subclause 4"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2970"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingLevel2">
     <w:name w:val="Heading Level 2"/>
     <w:link w:val="HeadingLevel2Char"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeadingLevel3">
     <w:name w:val="Heading Level 3"/>
     <w:link w:val="HeadingLevel3Char"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="2"/>
@@ -8590,132 +8854,117 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletList2Char">
     <w:name w:val="Bullet List 2 Char"/>
     <w:link w:val="BulletList2"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFPara-Clause-nonum">
     <w:name w:val="LF Para - Clause - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="LFPara-Clause-nonumChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LFPara-Clause-nonumChar">
     <w:name w:val="LF Para - Clause - no num Char"/>
     <w:link w:val="LFPara-Clause-nonum"/>
     <w:semiHidden/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParasubclause1-nonum">
     <w:name w:val="LF Para subclause 1 - no num"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="240"/>
       <w:ind w:firstLine="720"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParasubclause2-nonum">
     <w:name w:val="LF Para subclause 2 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="1440"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParasubclause3-nonum">
     <w:name w:val="LF Para subclause 3 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1512" w:firstLine="1368"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="LFParasubclause4-nonum">
     <w:name w:val="LF Para subclause 4 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2160" w:firstLine="1440"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LinkManual">
     <w:name w:val="Link (Manual)"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List-LowerAlphaListLevel1">
     <w:name w:val="List - Lower Alpha List Level 1"/>
     <w:link w:val="List-LowerAlphaListLevel1Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
@@ -9068,84 +9317,72 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PinPointRefChar">
     <w:name w:val="PinPoint Ref Char"/>
     <w:link w:val="PinPointRef"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParasubclause1-nonum">
     <w:name w:val="SF Para subclause 1 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="1440"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParasubclause2-nonum">
     <w:name w:val="SF Para subclause 2 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1440" w:firstLine="1440"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SFParasubclause3-nonum">
     <w:name w:val="SF Para subclause 3 - no num"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2160" w:firstLine="1440"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SFPara-Clause-nonumChar">
     <w:name w:val="SF Para - Clause - no num Char"/>
     <w:link w:val="SFPara-Clause-nonum"/>
     <w:rsid w:val="008948C8"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SLPara-Clause-nonum">
     <w:name w:val="SL Para - Clause - no num"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="008948C8"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="120" w:after="240"/>
       <w:ind w:firstLine="936"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
@@ -9497,54 +9734,50 @@
     <w:semiHidden/>
     <w:rsid w:val="005B2BC9"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:semiHidden/>
     <w:rsid w:val="005B2BC9"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C974D0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PLC-G2">
     <w:name w:val="PLC-G2"/>
     <w:basedOn w:val="PlainText"/>
     <w:link w:val="PLC-G2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C974D0"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
       <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="19"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PLC-G2Char">
     <w:name w:val="PLC-G2 Char"/>
     <w:link w:val="PLC-G2"/>
     <w:rsid w:val="00C974D0"/>
@@ -9569,52 +9802,50 @@
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:semiHidden/>
     <w:rsid w:val="00C974D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:color w:val="000000"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="alignleft">
     <w:name w:val="alignleft"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0087351C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB22D2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB22D2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
@@ -10034,51 +10265,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageBrk">
     <w:name w:val="Page Brk"/>
     <w:link w:val="PageBrkChar"/>
     <w:qFormat/>
     <w:rsid w:val="00A564FC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="35936118">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="973755489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10162,54 +10393,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2080901580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -10481,149 +10712,155 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ns30:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ns30:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EF5B901-4D7D-4C07-98D9-E8E7B2281BA5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/math"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/schemaLibrary/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2006/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chart"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2008/diagram"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:office"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:excel"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:vml"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:word"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:powerpoint"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+    <ds:schemaRef ds:uri="http://opendope.org/xpaths"/>
+    <ds:schemaRef ds:uri="http://opendope.org/conditions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/questions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/answers"/>
+    <ds:schemaRef ds:uri="http://opendope.org/components"/>
+    <ds:schemaRef ds:uri="http://opendope.org/SmartArt/DataHierarchy"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/compatibility"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACC45E02-563F-4F7A-84E4-964D1706B6E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/math"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/schemaLibrary/2006/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2006/wordml"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chart"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2008/diagram"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:office"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:excel"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:vml"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:word"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:powerpoint"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
     <ds:schemaRef ds:uri="http://opendope.org/xpaths"/>
     <ds:schemaRef ds:uri="http://opendope.org/conditions"/>
     <ds:schemaRef ds:uri="http://opendope.org/questions"/>
     <ds:schemaRef ds:uri="http://opendope.org/answers"/>
     <ds:schemaRef ds:uri="http://opendope.org/components"/>
     <ds:schemaRef ds:uri="http://opendope.org/SmartArt/DataHierarchy"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/compatibility"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{683c7a02-1e57-4c9d-89db-4727ed60718d}" enabled="1" method="Standard" siteId="{9305c838-dfc7-4776-84c8-b0e94ad0c753}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7781</Characters>
+  <Pages>3</Pages>
+  <Words>1364</Words>
+  <Characters>7778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9128</CharactersWithSpaces>
+  <CharactersWithSpaces>9124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Paul Hogan</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>